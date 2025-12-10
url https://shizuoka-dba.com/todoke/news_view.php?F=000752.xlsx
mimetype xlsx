--- v0 (2025-10-22)
+++ v1 (2025-12-10)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\大会資料\2024.11.16_第21回静岡県ジュニアドッジボール選手権\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\大会資料\2026.01.31_第22回静岡県ジュニアドッジボール選手権\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E11C05A-2263-4A79-AB9D-0E12B2C271D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4B70944-3905-4C28-BB2F-820141449D2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{A2900BBA-317D-4B0D-9761-7939DCBFEF12}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{A2900BBA-317D-4B0D-9761-7939DCBFEF12}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="14">
   <si>
@@ -94,102 +93,108 @@
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>学年</t>
     <rPh sb="0" eb="2">
       <t>ガクネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>指導員　　　　　登録番号</t>
     <rPh sb="0" eb="3">
       <t>シドウイン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>トウロク</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>第21回静岡県ジュニアドッジボール選手権</t>
-[...28 lines deleted...]
-  <si>
     <t>＊大会当日、監督者会議にて提出お願いします</t>
     <rPh sb="1" eb="5">
       <t>タイカイトウジツ</t>
     </rPh>
     <rPh sb="6" eb="9">
       <t>カントクシャ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>カイギ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>テイシュツ</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>ネガ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>メンバー表</t>
     <rPh sb="4" eb="5">
       <t>ヒョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2026.01.31</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>会場：三島市民体育館</t>
+    <rPh sb="0" eb="2">
+      <t>カイジョウ</t>
+    </rPh>
+    <rPh sb="3" eb="7">
+      <t>ミシマシミン</t>
+    </rPh>
+    <rPh sb="7" eb="10">
+      <t>タイイクカン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>第22回静岡県ジュニアドッジボール選手権</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>カイ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>シズオカ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ケン</t>
+    </rPh>
+    <rPh sb="17" eb="20">
+      <t>センシュケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -420,200 +425,200 @@
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -675,51 +680,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -817,637 +822,637 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FEA17FA-5379-4E55-B500-BEEA2E22AA6D}">
   <dimension ref="A1:N34"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:B6"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="K10" sqref="K10:O11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="14" width="5.625" style="1" customWidth="1"/>
+    <col min="1" max="14" width="5.59765625" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="37.5" customHeight="1" x14ac:dyDescent="0.4">
-[...33 lines deleted...]
-    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:14" ht="37.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+    </row>
+    <row r="2" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="7"/>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+      <c r="J2" s="7"/>
+      <c r="K2" s="7"/>
+      <c r="L2" s="7"/>
+      <c r="M2" s="7"/>
+      <c r="N2" s="7"/>
+    </row>
+    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
-      <c r="L3" s="34" t="s">
-[...18 lines deleted...]
-      <c r="K4" s="34" t="s">
+      <c r="L3" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="34"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="M3" s="11"/>
+      <c r="N3" s="11"/>
+    </row>
+    <row r="4" spans="1:14" ht="27" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="10"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="10"/>
+      <c r="H4" s="10"/>
+      <c r="I4" s="10"/>
+      <c r="J4" s="10"/>
+      <c r="K4" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="11"/>
+      <c r="M4" s="11"/>
+      <c r="N4" s="11"/>
+    </row>
+    <row r="5" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A5" s="3"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
     </row>
-    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="23" t="s">
+    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A6" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="24"/>
-[...14 lines deleted...]
-      <c r="A7" s="23" t="s">
+      <c r="B6" s="14"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="26"/>
+      <c r="E6" s="26"/>
+      <c r="F6" s="26"/>
+      <c r="G6" s="26"/>
+      <c r="H6" s="26"/>
+      <c r="I6" s="26"/>
+      <c r="J6" s="26"/>
+      <c r="K6" s="26"/>
+      <c r="L6" s="26"/>
+      <c r="M6" s="26"/>
+      <c r="N6" s="27"/>
+    </row>
+    <row r="7" spans="1:14" ht="39" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A7" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="24"/>
-[...14 lines deleted...]
-      <c r="A8" s="23" t="s">
+      <c r="B7" s="14"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="29"/>
+      <c r="F7" s="29"/>
+      <c r="G7" s="29"/>
+      <c r="H7" s="29"/>
+      <c r="I7" s="29"/>
+      <c r="J7" s="29"/>
+      <c r="K7" s="29"/>
+      <c r="L7" s="29"/>
+      <c r="M7" s="29"/>
+      <c r="N7" s="30"/>
+    </row>
+    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A8" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B8" s="24"/>
-[...6 lines deleted...]
-      <c r="I8" s="19" t="s">
+      <c r="B8" s="14"/>
+      <c r="C8" s="8"/>
+      <c r="D8" s="8"/>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="J8" s="20"/>
-[...6 lines deleted...]
-      <c r="A9" s="23" t="s">
+      <c r="J8" s="34"/>
+      <c r="K8" s="16"/>
+      <c r="L8" s="17"/>
+      <c r="M8" s="17"/>
+      <c r="N8" s="18"/>
+    </row>
+    <row r="9" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A9" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="24"/>
-[...14 lines deleted...]
-      <c r="A10" s="23" t="s">
+      <c r="B9" s="14"/>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
+      <c r="G9" s="8"/>
+      <c r="H9" s="8"/>
+      <c r="I9" s="35"/>
+      <c r="J9" s="36"/>
+      <c r="K9" s="19"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="21"/>
+    </row>
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A10" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="24"/>
-[...6 lines deleted...]
-      <c r="I10" s="19" t="s">
+      <c r="B10" s="14"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
+      <c r="I10" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="J10" s="20"/>
-[...6 lines deleted...]
-      <c r="A11" s="23" t="s">
+      <c r="J10" s="34"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="17"/>
+      <c r="M10" s="17"/>
+      <c r="N10" s="18"/>
+    </row>
+    <row r="11" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A11" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B11" s="24"/>
-[...14 lines deleted...]
-      <c r="A12" s="23" t="s">
+      <c r="B11" s="14"/>
+      <c r="C11" s="8"/>
+      <c r="D11" s="8"/>
+      <c r="E11" s="8"/>
+      <c r="F11" s="8"/>
+      <c r="G11" s="8"/>
+      <c r="H11" s="8"/>
+      <c r="I11" s="35"/>
+      <c r="J11" s="36"/>
+      <c r="K11" s="19"/>
+      <c r="L11" s="20"/>
+      <c r="M11" s="20"/>
+      <c r="N11" s="21"/>
+    </row>
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A12" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B12" s="24"/>
-[...6 lines deleted...]
-      <c r="I12" s="19" t="s">
+      <c r="B12" s="14"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
+      <c r="F12" s="8"/>
+      <c r="G12" s="8"/>
+      <c r="H12" s="8"/>
+      <c r="I12" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="J12" s="20"/>
-[...6 lines deleted...]
-      <c r="A13" s="18" t="s">
+      <c r="J12" s="34"/>
+      <c r="K12" s="16"/>
+      <c r="L12" s="17"/>
+      <c r="M12" s="17"/>
+      <c r="N12" s="18"/>
+    </row>
+    <row r="13" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A13" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="B13" s="18"/>
-[...14 lines deleted...]
-    <row r="15" spans="1:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="15"/>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="35"/>
+      <c r="J13" s="36"/>
+      <c r="K13" s="19"/>
+      <c r="L13" s="20"/>
+      <c r="M13" s="20"/>
+      <c r="N13" s="21"/>
+    </row>
+    <row r="14" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="15" spans="1:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B15" s="18" t="s">
+      <c r="B15" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="C15" s="18"/>
-[...2 lines deleted...]
-      <c r="F15" s="18" t="s">
+      <c r="C15" s="8"/>
+      <c r="D15" s="8"/>
+      <c r="E15" s="8"/>
+      <c r="F15" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="G15" s="18"/>
+      <c r="G15" s="8"/>
       <c r="H15" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="I15" s="18" t="s">
+      <c r="I15" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="J15" s="18"/>
-[...2 lines deleted...]
-      <c r="M15" s="18" t="s">
+      <c r="J15" s="8"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="N15" s="18"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="N15" s="8"/>
+    </row>
+    <row r="16" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="2">
         <v>1</v>
       </c>
-      <c r="B16" s="18"/>
-[...4 lines deleted...]
-      <c r="G16" s="18"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="8"/>
+      <c r="F16" s="8"/>
+      <c r="G16" s="8"/>
       <c r="H16" s="2">
         <v>11</v>
       </c>
-      <c r="I16" s="18"/>
-[...6 lines deleted...]
-    <row r="17" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I16" s="8"/>
+      <c r="J16" s="8"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+    </row>
+    <row r="17" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="2">
         <v>2</v>
       </c>
-      <c r="B17" s="18"/>
-[...4 lines deleted...]
-      <c r="G17" s="18"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="8"/>
+      <c r="D17" s="8"/>
+      <c r="E17" s="8"/>
+      <c r="F17" s="8"/>
+      <c r="G17" s="8"/>
       <c r="H17" s="2">
         <v>12</v>
       </c>
-      <c r="I17" s="18"/>
-[...6 lines deleted...]
-    <row r="18" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I17" s="8"/>
+      <c r="J17" s="8"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
+    </row>
+    <row r="18" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="2">
         <v>3</v>
       </c>
-      <c r="B18" s="18"/>
-[...4 lines deleted...]
-      <c r="G18" s="18"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
       <c r="H18" s="2">
         <v>13</v>
       </c>
-      <c r="I18" s="18"/>
-[...6 lines deleted...]
-    <row r="19" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I18" s="8"/>
+      <c r="J18" s="8"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
+    </row>
+    <row r="19" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="2">
         <v>4</v>
       </c>
-      <c r="B19" s="18"/>
-[...4 lines deleted...]
-      <c r="G19" s="18"/>
+      <c r="B19" s="8"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
       <c r="H19" s="2">
         <v>14</v>
       </c>
-      <c r="I19" s="18"/>
-[...6 lines deleted...]
-    <row r="20" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I19" s="8"/>
+      <c r="J19" s="8"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+    </row>
+    <row r="20" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="2">
         <v>5</v>
       </c>
-      <c r="B20" s="18"/>
-[...4 lines deleted...]
-      <c r="G20" s="18"/>
+      <c r="B20" s="8"/>
+      <c r="C20" s="8"/>
+      <c r="D20" s="8"/>
+      <c r="E20" s="8"/>
+      <c r="F20" s="8"/>
+      <c r="G20" s="8"/>
       <c r="H20" s="2">
         <v>15</v>
       </c>
-      <c r="I20" s="18"/>
-[...6 lines deleted...]
-    <row r="21" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I20" s="8"/>
+      <c r="J20" s="8"/>
+      <c r="K20" s="8"/>
+      <c r="L20" s="8"/>
+      <c r="M20" s="8"/>
+      <c r="N20" s="8"/>
+    </row>
+    <row r="21" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="2">
         <v>6</v>
       </c>
-      <c r="B21" s="18"/>
-[...4 lines deleted...]
-      <c r="G21" s="18"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
       <c r="H21" s="6"/>
-      <c r="I21" s="32"/>
-[...6 lines deleted...]
-    <row r="22" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I21" s="9"/>
+      <c r="J21" s="9"/>
+      <c r="K21" s="9"/>
+      <c r="L21" s="9"/>
+      <c r="M21" s="9"/>
+      <c r="N21" s="9"/>
+    </row>
+    <row r="22" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="2">
         <v>7</v>
       </c>
-      <c r="B22" s="18"/>
-[...4 lines deleted...]
-      <c r="G22" s="18"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
       <c r="H22" s="6"/>
-      <c r="I22" s="32"/>
-[...6 lines deleted...]
-    <row r="23" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+      <c r="M22" s="9"/>
+      <c r="N22" s="9"/>
+    </row>
+    <row r="23" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="2">
         <v>8</v>
       </c>
-      <c r="B23" s="18"/>
-[...4 lines deleted...]
-      <c r="G23" s="18"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="8"/>
+      <c r="G23" s="8"/>
       <c r="H23" s="6"/>
-      <c r="I23" s="32"/>
-[...6 lines deleted...]
-    <row r="24" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I23" s="9"/>
+      <c r="J23" s="9"/>
+      <c r="K23" s="9"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="9"/>
+      <c r="N23" s="9"/>
+    </row>
+    <row r="24" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A24" s="2">
         <v>9</v>
       </c>
-      <c r="B24" s="18"/>
-[...4 lines deleted...]
-      <c r="G24" s="18"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="8"/>
+      <c r="G24" s="8"/>
       <c r="H24" s="6"/>
-      <c r="I24" s="32"/>
-[...6 lines deleted...]
-    <row r="25" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="I24" s="9"/>
+      <c r="J24" s="9"/>
+      <c r="K24" s="9"/>
+      <c r="L24" s="9"/>
+      <c r="M24" s="9"/>
+      <c r="N24" s="9"/>
+    </row>
+    <row r="25" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A25" s="2">
         <v>10</v>
       </c>
-      <c r="B25" s="18"/>
-[...4 lines deleted...]
-      <c r="G25" s="18"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
       <c r="H25" s="6"/>
-      <c r="I25" s="32"/>
-[...43 lines deleted...]
-    <row r="34" ht="40.5" customHeight="1" x14ac:dyDescent="0.4"/>
+      <c r="I25" s="9"/>
+      <c r="J25" s="9"/>
+      <c r="K25" s="9"/>
+      <c r="L25" s="9"/>
+      <c r="M25" s="9"/>
+      <c r="N25" s="9"/>
+    </row>
+    <row r="26" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="31" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="31"/>
+      <c r="C26" s="31"/>
+      <c r="D26" s="31"/>
+      <c r="E26" s="31"/>
+      <c r="F26" s="31"/>
+      <c r="G26" s="31"/>
+      <c r="H26" s="31"/>
+      <c r="I26" s="32"/>
+      <c r="J26" s="32"/>
+    </row>
+    <row r="27" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="22"/>
+      <c r="B27" s="22"/>
+      <c r="I27" s="23"/>
+      <c r="J27" s="24"/>
+      <c r="K27" s="24"/>
+      <c r="L27" s="24"/>
+      <c r="M27" s="24"/>
+      <c r="N27" s="24"/>
+    </row>
+    <row r="28" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A28" s="23"/>
+      <c r="B28" s="24"/>
+      <c r="C28" s="24"/>
+      <c r="D28" s="24"/>
+      <c r="E28" s="24"/>
+      <c r="F28" s="24"/>
+    </row>
+    <row r="29" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="30" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="31" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="32" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="33" ht="40.5" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="34" ht="40.5" customHeight="1" x14ac:dyDescent="0.45"/>
   </sheetData>
   <mergeCells count="75">
-    <mergeCell ref="F22:G22"/>
-[...58 lines deleted...]
-    <mergeCell ref="K12:N13"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A28:F28"/>
     <mergeCell ref="C6:N6"/>
     <mergeCell ref="C7:N7"/>
     <mergeCell ref="A26:H26"/>
     <mergeCell ref="I26:J26"/>
     <mergeCell ref="I27:N27"/>
     <mergeCell ref="C8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C12:H12"/>
     <mergeCell ref="I8:J9"/>
     <mergeCell ref="I10:J11"/>
     <mergeCell ref="I12:J13"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A11:B11"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="C11:H11"/>
+    <mergeCell ref="C13:H13"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="B15:E15"/>
+    <mergeCell ref="B17:E17"/>
+    <mergeCell ref="B18:E18"/>
+    <mergeCell ref="B19:E19"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="I16:L16"/>
+    <mergeCell ref="I17:L17"/>
+    <mergeCell ref="I18:L18"/>
+    <mergeCell ref="I19:L19"/>
+    <mergeCell ref="I20:L20"/>
+    <mergeCell ref="I21:L21"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="C9:H9"/>
+    <mergeCell ref="I15:L15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="I23:L23"/>
+    <mergeCell ref="I24:L24"/>
+    <mergeCell ref="I25:L25"/>
+    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="L3:N3"/>
+    <mergeCell ref="K4:N4"/>
+    <mergeCell ref="I22:L22"/>
+    <mergeCell ref="K8:N9"/>
+    <mergeCell ref="K10:N11"/>
+    <mergeCell ref="K12:N13"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.70866141732283472" right="0.31496062992125984" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>